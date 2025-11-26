--- v0 (2025-10-18)
+++ v1 (2025-11-26)
@@ -1,438 +1,422 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr date1904="1" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Utente\Documents\MASSIMO\MASSIMO\U.S. POGGIBONSI\PRIMA SQUADRA\Stagione 2025-2026\Gare Stagione 2025-2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AAC35A28-0EB7-47AF-A18B-A1FD6A95609E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8D4D2823-4C8C-4D28-8BDA-3F9D8145E8AC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="MODULO MAGLIE 25-26" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="63">
   <si>
     <t>LEGA NAZIONALE DILETTANTI - DIPARTIMENTO INTERREGIONALE</t>
   </si>
   <si>
     <t xml:space="preserve"> SQUADRA</t>
   </si>
   <si>
     <t>COGNOME</t>
   </si>
   <si>
     <t>NOME</t>
   </si>
   <si>
     <t>NUMERO</t>
   </si>
   <si>
     <t>NOME SU MAGLIA</t>
   </si>
   <si>
     <t>U.S POGGIBONSI</t>
   </si>
   <si>
     <t xml:space="preserve">BARACCO </t>
   </si>
   <si>
     <t>GIOVANNI</t>
   </si>
   <si>
     <t>EL DIB</t>
   </si>
   <si>
     <t>KARIM</t>
   </si>
   <si>
-    <t xml:space="preserve">PONTICELLI </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">MAZZOLLI </t>
   </si>
   <si>
     <t xml:space="preserve"> FEDERICO</t>
   </si>
   <si>
     <t>BORGHI</t>
   </si>
   <si>
     <t xml:space="preserve"> LEONARDO</t>
   </si>
   <si>
     <t xml:space="preserve">BORRI </t>
   </si>
   <si>
     <t>LORENZO</t>
   </si>
   <si>
     <t xml:space="preserve">GONZI </t>
   </si>
   <si>
     <t>JURI</t>
   </si>
   <si>
     <t>FRANCESCO</t>
   </si>
   <si>
-    <t xml:space="preserve">CORZANI </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">BORIOSI </t>
   </si>
   <si>
     <t>MATTEO</t>
   </si>
   <si>
-    <t>PIPPI</t>
-[...4 lines deleted...]
-  <si>
     <t>SKERMA</t>
   </si>
   <si>
     <t xml:space="preserve"> LORIS</t>
   </si>
   <si>
     <t>BERTINI</t>
   </si>
   <si>
     <t xml:space="preserve">NDIAYE </t>
   </si>
   <si>
     <t>MOUSSA</t>
   </si>
   <si>
-    <t xml:space="preserve">BODURI </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">CIACCI </t>
   </si>
   <si>
     <t xml:space="preserve"> NICCOLO’</t>
   </si>
   <si>
     <t xml:space="preserve">BIAGIOTTI </t>
   </si>
   <si>
     <t>MARCO LUIS</t>
   </si>
   <si>
-    <t xml:space="preserve">KEAN </t>
-[...10 lines deleted...]
-  <si>
     <t>RESUTTANA</t>
   </si>
   <si>
     <t xml:space="preserve"> FRANCESCO</t>
   </si>
   <si>
     <t xml:space="preserve">CERONE </t>
   </si>
   <si>
     <t xml:space="preserve"> LORENZO</t>
   </si>
   <si>
     <t xml:space="preserve">CORCIONE </t>
   </si>
   <si>
     <t>GIANLUCA</t>
   </si>
   <si>
     <t>FEDERICO</t>
   </si>
   <si>
     <t xml:space="preserve">NOBILE </t>
   </si>
   <si>
     <t>RICCARDO</t>
   </si>
   <si>
-    <t>MAIELLO</t>
-[...4 lines deleted...]
-  <si>
     <t>DI MARTINO</t>
   </si>
   <si>
     <t>LEO</t>
   </si>
   <si>
     <t>ROLIM DE GENOVA</t>
   </si>
   <si>
     <t>PAULO HENRIQUE</t>
   </si>
   <si>
     <t>SINATRA</t>
   </si>
   <si>
     <t>ALESSANDRO</t>
   </si>
   <si>
     <t>SHENAJ</t>
   </si>
   <si>
     <t>VEIS</t>
   </si>
   <si>
     <t>PRATESI</t>
   </si>
   <si>
     <t>MATTIA</t>
   </si>
   <si>
     <t>GIUSTARINI</t>
   </si>
   <si>
     <t>MANUELE</t>
+  </si>
+  <si>
+    <t>RODIO</t>
+  </si>
+  <si>
+    <t>MARTUCCI</t>
+  </si>
+  <si>
+    <t>ANDREA ARTURO</t>
+  </si>
+  <si>
+    <t>FERMI</t>
+  </si>
+  <si>
+    <t>ZUCCHERATO</t>
+  </si>
+  <si>
+    <t>MARCO</t>
+  </si>
+  <si>
+    <t>NASIRLI</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> AYKHAN</t>
+  </si>
+  <si>
+    <t>LUISE</t>
+  </si>
+  <si>
+    <t>ALESSIO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VELLA </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="6">
+  <fonts count="5">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Helvetica Neue"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...5 lines deleted...]
-    <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="8">
+  <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDEE6EF"/>
         <bgColor rgb="FFCCFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFB4C7DC"/>
         <bgColor rgb="FFCCCCFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor rgb="FFCCFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDEE6EF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="FF000000"/>
       <rgbColor rgb="FFFFFFFF"/>
       <rgbColor rgb="FFFF0000"/>
       <rgbColor rgb="FF00FF00"/>
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FFFFFF00"/>
       <rgbColor rgb="FFFF00FF"/>
       <rgbColor rgb="FF00FFFF"/>
       <rgbColor rgb="FF800000"/>
       <rgbColor rgb="FF008000"/>
       <rgbColor rgb="FF000080"/>
       <rgbColor rgb="FF808000"/>
       <rgbColor rgb="FF800080"/>
       <rgbColor rgb="FF008080"/>
       <rgbColor rgb="FFB4C7DC"/>
@@ -888,580 +872,580 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E38"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A3" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="J30" sqref="J30"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="H31" sqref="H31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.140625" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="17" style="2" customWidth="1"/>
     <col min="2" max="2" width="22" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.42578125" style="2" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="2"/>
     <col min="5" max="5" width="18.85546875" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" customHeight="1">
-      <c r="A2" s="10" t="s">
+      <c r="A2" s="11" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="10"/>
-[...2 lines deleted...]
-      <c r="E2" s="10"/>
+      <c r="B2" s="11"/>
+      <c r="C2" s="11"/>
+      <c r="D2" s="11"/>
+      <c r="E2" s="11"/>
     </row>
     <row r="3" spans="1:5">
-      <c r="A3" s="11"/>
-[...3 lines deleted...]
-      <c r="E3" s="11"/>
+      <c r="A3" s="12"/>
+      <c r="B3" s="12"/>
+      <c r="C3" s="12"/>
+      <c r="D3" s="12"/>
+      <c r="E3" s="12"/>
     </row>
     <row r="4" spans="1:5">
-      <c r="A4" s="11"/>
-[...3 lines deleted...]
-      <c r="E4" s="11"/>
+      <c r="A4" s="12"/>
+      <c r="B4" s="12"/>
+      <c r="C4" s="12"/>
+      <c r="D4" s="12"/>
+      <c r="E4" s="12"/>
     </row>
     <row r="5" spans="1:5">
-      <c r="A5" s="11"/>
-[...3 lines deleted...]
-      <c r="E5" s="11"/>
+      <c r="A5" s="12"/>
+      <c r="B5" s="12"/>
+      <c r="C5" s="12"/>
+      <c r="D5" s="12"/>
+      <c r="E5" s="12"/>
     </row>
     <row r="6" spans="1:5">
-      <c r="A6" s="11"/>
-[...3 lines deleted...]
-      <c r="E6" s="11"/>
+      <c r="A6" s="12"/>
+      <c r="B6" s="12"/>
+      <c r="C6" s="12"/>
+      <c r="D6" s="12"/>
+      <c r="E6" s="12"/>
     </row>
     <row r="7" spans="1:5">
-      <c r="A7" s="11"/>
-[...3 lines deleted...]
-      <c r="E7" s="11"/>
+      <c r="A7" s="12"/>
+      <c r="B7" s="12"/>
+      <c r="C7" s="12"/>
+      <c r="D7" s="12"/>
+      <c r="E7" s="12"/>
     </row>
     <row r="8" spans="1:5" ht="19.5" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>4</v>
       </c>
       <c r="E8" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="19.5" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="5">
         <v>1</v>
       </c>
       <c r="E9" s="5"/>
     </row>
     <row r="10" spans="1:5" ht="19.5" customHeight="1">
       <c r="A10" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="7" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="7">
         <v>2</v>
       </c>
       <c r="E10" s="7"/>
     </row>
     <row r="11" spans="1:5" ht="19.5" customHeight="1">
-      <c r="A11" s="6" t="s">
-[...8 lines deleted...]
-      <c r="D11" s="6">
+      <c r="A11" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" s="5">
         <v>3</v>
       </c>
-      <c r="E11" s="6"/>
+      <c r="E11" s="5"/>
     </row>
     <row r="12" spans="1:5" ht="19.5" customHeight="1">
       <c r="A12" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C12" s="7" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D12" s="7">
         <v>4</v>
       </c>
       <c r="E12" s="7"/>
     </row>
     <row r="13" spans="1:5" ht="19.5" customHeight="1">
       <c r="A13" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C13" s="6" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D13" s="6">
         <v>5</v>
       </c>
       <c r="E13" s="6"/>
     </row>
     <row r="14" spans="1:5" ht="19.5" customHeight="1">
       <c r="A14" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="7" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="D14" s="7">
         <v>6</v>
       </c>
       <c r="E14" s="7"/>
     </row>
     <row r="15" spans="1:5" ht="19.5" customHeight="1">
       <c r="A15" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D15" s="6">
         <v>7</v>
       </c>
       <c r="E15" s="6"/>
     </row>
     <row r="16" spans="1:5" ht="19.5" customHeight="1">
       <c r="A16" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B16" s="7" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="D16" s="7">
         <v>8</v>
       </c>
       <c r="E16" s="7"/>
     </row>
     <row r="17" spans="1:5" ht="19.5" customHeight="1">
       <c r="A17" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B17" s="6" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="C17" s="6" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D17" s="6">
         <v>9</v>
       </c>
       <c r="E17" s="6"/>
     </row>
     <row r="18" spans="1:5" ht="19.5" customHeight="1">
       <c r="A18" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B18" s="7" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D18" s="7">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E18" s="7"/>
     </row>
     <row r="19" spans="1:5" ht="19.5" customHeight="1">
-      <c r="A19" s="5" t="s">
-[...11 lines deleted...]
-      <c r="E19" s="5"/>
+      <c r="A19" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B19" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C19" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D19" s="6">
+        <v>12</v>
+      </c>
+      <c r="E19" s="6"/>
     </row>
     <row r="20" spans="1:5" ht="19.5" customHeight="1">
       <c r="A20" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B20" s="8" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="C20" s="8" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D20" s="8">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E20" s="8"/>
     </row>
     <row r="21" spans="1:5" ht="19.5" customHeight="1">
       <c r="A21" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="C21" s="6" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="D21" s="6">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E21" s="6"/>
     </row>
     <row r="22" spans="1:5" ht="19.5" customHeight="1">
       <c r="A22" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B22" s="8" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="C22" s="8" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="D22" s="8">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="E22" s="8"/>
+        <v>15</v>
+      </c>
+      <c r="E22" s="10"/>
     </row>
     <row r="23" spans="1:5" ht="19.5" customHeight="1">
       <c r="A23" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="D23" s="6">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E23" s="6"/>
     </row>
     <row r="24" spans="1:5" ht="19.5" customHeight="1">
       <c r="A24" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="8" t="s">
-        <v>59</v>
+        <v>27</v>
       </c>
       <c r="C24" s="8" t="s">
-        <v>60</v>
+        <v>28</v>
       </c>
       <c r="D24" s="8">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E24" s="8"/>
     </row>
     <row r="25" spans="1:5" ht="19.5" customHeight="1">
       <c r="A25" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B25" s="6" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="C25" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D25" s="6">
+        <v>18</v>
+      </c>
+      <c r="E25" s="6"/>
+    </row>
+    <row r="26" spans="1:5" ht="19.5" customHeight="1">
+      <c r="A26" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="B26" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D26" s="7">
+        <v>19</v>
+      </c>
+      <c r="E26" s="7"/>
+    </row>
+    <row r="27" spans="1:5" ht="19.5" customHeight="1">
+      <c r="A27" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B27" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C27" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D27" s="6">
+        <v>20</v>
+      </c>
+      <c r="E27" s="6"/>
+    </row>
+    <row r="28" spans="1:5" ht="19.5" customHeight="1">
+      <c r="A28" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="B28" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D28" s="7">
+        <v>21</v>
+      </c>
+      <c r="E28" s="7"/>
+    </row>
+    <row r="29" spans="1:5" ht="19.5" customHeight="1">
+      <c r="A29" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B29" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C29" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D29" s="6">
+        <v>22</v>
+      </c>
+      <c r="E29" s="6"/>
+    </row>
+    <row r="30" spans="1:5" ht="19.5" customHeight="1">
+      <c r="A30" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="B30" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="D25" s="6">
-[...8 lines deleted...]
-      <c r="B26" s="8" t="s">
+      <c r="C30" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="C26" s="8" t="s">
+      <c r="D30" s="7">
+        <v>23</v>
+      </c>
+      <c r="E30" s="7"/>
+    </row>
+    <row r="31" spans="1:5" ht="19.5" customHeight="1">
+      <c r="A31" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B31" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="C31" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="D26" s="8">
-[...56 lines deleted...]
-      <c r="C30" s="8" t="s">
+      <c r="D31" s="6">
         <v>24</v>
       </c>
-      <c r="D30" s="8">
-[...17 lines deleted...]
-      <c r="E31" s="5"/>
+      <c r="E31" s="6"/>
     </row>
     <row r="32" spans="1:5" ht="19.5" customHeight="1">
       <c r="A32" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D32" s="8">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E32" s="8"/>
     </row>
     <row r="33" spans="1:5" ht="19.5" customHeight="1">
       <c r="A33" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="C33" s="6" t="s">
-        <v>56</v>
+        <v>45</v>
       </c>
       <c r="D33" s="6">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E33" s="6"/>
     </row>
     <row r="34" spans="1:5" ht="19.5" customHeight="1">
       <c r="A34" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B34" s="8" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="C34" s="8" t="s">
-        <v>58</v>
+        <v>39</v>
       </c>
       <c r="D34" s="8">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E34" s="8"/>
     </row>
     <row r="35" spans="1:5" ht="19.5" customHeight="1">
       <c r="A35" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B35" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C35" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="C35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D35" s="6">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E35" s="6"/>
     </row>
     <row r="36" spans="1:5" ht="19.5" customHeight="1">
       <c r="A36" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D36" s="8">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="E36" s="8"/>
+        <v>29</v>
+      </c>
+      <c r="E36" s="13"/>
     </row>
     <row r="37" spans="1:5" ht="19.5" customHeight="1">
       <c r="A37" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>61</v>
+        <v>50</v>
       </c>
       <c r="C37" s="6" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="D37" s="6">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="E37" s="12"/>
+        <v>30</v>
+      </c>
+      <c r="E37" s="9"/>
     </row>
     <row r="38" spans="1:5" ht="19.5" customHeight="1">
-      <c r="A38" s="9" t="s">
-[...11 lines deleted...]
-      <c r="E38" s="9"/>
+      <c r="A38" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="B38" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C38" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="D38" s="8">
+        <v>31</v>
+      </c>
+      <c r="E38" s="10"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:D7"/>
     <mergeCell ref="E3:E7"/>
   </mergeCells>
   <pageMargins left="0.54027777777777797" right="0.28819444444444497" top="1.05277777777778" bottom="1.05277777777778" header="0.78749999999999998" footer="0.78749999999999998"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Times New Roman,Normale"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Normale"&amp;12Pagina &amp;P</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>