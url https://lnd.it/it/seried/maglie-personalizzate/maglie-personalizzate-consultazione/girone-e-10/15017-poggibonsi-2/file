--- v1 (2025-11-26)
+++ v2 (2025-12-18)
@@ -4,54 +4,54 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr date1904="1" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Utente\Documents\MASSIMO\MASSIMO\U.S. POGGIBONSI\PRIMA SQUADRA\Stagione 2025-2026\Gare Stagione 2025-2026\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Utente\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8D4D2823-4C8C-4D28-8BDA-3F9D8145E8AC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{83084C32-6EFB-4B08-8DFE-81DD31D4EA5C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="MODULO MAGLIE 25-26" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -142,56 +142,50 @@
   <si>
     <t xml:space="preserve">CIACCI </t>
   </si>
   <si>
     <t xml:space="preserve"> NICCOLO’</t>
   </si>
   <si>
     <t xml:space="preserve">BIAGIOTTI </t>
   </si>
   <si>
     <t>MARCO LUIS</t>
   </si>
   <si>
     <t>RESUTTANA</t>
   </si>
   <si>
     <t xml:space="preserve"> FRANCESCO</t>
   </si>
   <si>
     <t xml:space="preserve">CERONE </t>
   </si>
   <si>
     <t xml:space="preserve"> LORENZO</t>
   </si>
   <si>
-    <t xml:space="preserve">CORCIONE </t>
-[...4 lines deleted...]
-  <si>
     <t>FEDERICO</t>
   </si>
   <si>
     <t xml:space="preserve">NOBILE </t>
   </si>
   <si>
     <t>RICCARDO</t>
   </si>
   <si>
     <t>DI MARTINO</t>
   </si>
   <si>
     <t>LEO</t>
   </si>
   <si>
     <t>ROLIM DE GENOVA</t>
   </si>
   <si>
     <t>PAULO HENRIQUE</t>
   </si>
   <si>
     <t>SINATRA</t>
   </si>
   <si>
     <t>ALESSANDRO</t>
@@ -224,50 +218,56 @@
     <t>ANDREA ARTURO</t>
   </si>
   <si>
     <t>FERMI</t>
   </si>
   <si>
     <t>ZUCCHERATO</t>
   </si>
   <si>
     <t>MARCO</t>
   </si>
   <si>
     <t>NASIRLI</t>
   </si>
   <si>
     <t xml:space="preserve"> AYKHAN</t>
   </si>
   <si>
     <t>LUISE</t>
   </si>
   <si>
     <t>ALESSIO</t>
   </si>
   <si>
     <t xml:space="preserve">VELLA </t>
+  </si>
+  <si>
+    <t>SALTO LOMBA</t>
+  </si>
+  <si>
+    <t>DAMIAN ANDRES</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Helvetica Neue"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
@@ -366,57 +366,57 @@
     </xf>
     <xf numFmtId="49" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="FF000000"/>
       <rgbColor rgb="FFFFFFFF"/>
       <rgbColor rgb="FFFF0000"/>
       <rgbColor rgb="FF00FF00"/>
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FFFFFF00"/>
       <rgbColor rgb="FFFF00FF"/>
       <rgbColor rgb="FF00FFFF"/>
       <rgbColor rgb="FF800000"/>
       <rgbColor rgb="FF008000"/>
       <rgbColor rgb="FF000080"/>
       <rgbColor rgb="FF808000"/>
       <rgbColor rgb="FF800080"/>
       <rgbColor rgb="FF008080"/>
       <rgbColor rgb="FFB4C7DC"/>
@@ -873,112 +873,112 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E38"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H31" sqref="H31"/>
+      <selection activeCell="H6" sqref="H6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.140625" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="17" style="2" customWidth="1"/>
     <col min="2" max="2" width="22" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.42578125" style="2" customWidth="1"/>
     <col min="4" max="4" width="10.140625" style="2"/>
     <col min="5" max="5" width="18.85546875" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5" ht="15.75" customHeight="1">
-      <c r="A2" s="11" t="s">
+      <c r="A2" s="12" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="11"/>
-[...2 lines deleted...]
-      <c r="E2" s="11"/>
+      <c r="B2" s="12"/>
+      <c r="C2" s="12"/>
+      <c r="D2" s="12"/>
+      <c r="E2" s="12"/>
     </row>
     <row r="3" spans="1:5">
-      <c r="A3" s="12"/>
-[...3 lines deleted...]
-      <c r="E3" s="12"/>
+      <c r="A3" s="13"/>
+      <c r="B3" s="13"/>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="13"/>
     </row>
     <row r="4" spans="1:5">
-      <c r="A4" s="12"/>
-[...3 lines deleted...]
-      <c r="E4" s="12"/>
+      <c r="A4" s="13"/>
+      <c r="B4" s="13"/>
+      <c r="C4" s="13"/>
+      <c r="D4" s="13"/>
+      <c r="E4" s="13"/>
     </row>
     <row r="5" spans="1:5">
-      <c r="A5" s="12"/>
-[...3 lines deleted...]
-      <c r="E5" s="12"/>
+      <c r="A5" s="13"/>
+      <c r="B5" s="13"/>
+      <c r="C5" s="13"/>
+      <c r="D5" s="13"/>
+      <c r="E5" s="13"/>
     </row>
     <row r="6" spans="1:5">
-      <c r="A6" s="12"/>
-[...3 lines deleted...]
-      <c r="E6" s="12"/>
+      <c r="A6" s="13"/>
+      <c r="B6" s="13"/>
+      <c r="C6" s="13"/>
+      <c r="D6" s="13"/>
+      <c r="E6" s="13"/>
     </row>
     <row r="7" spans="1:5">
-      <c r="A7" s="12"/>
-[...3 lines deleted...]
-      <c r="E7" s="12"/>
+      <c r="A7" s="13"/>
+      <c r="B7" s="13"/>
+      <c r="C7" s="13"/>
+      <c r="D7" s="13"/>
+      <c r="E7" s="13"/>
     </row>
     <row r="8" spans="1:5" ht="19.5" customHeight="1">
       <c r="A8" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>4</v>
       </c>
       <c r="E8" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="19.5" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>7</v>
       </c>
@@ -988,54 +988,54 @@
       <c r="D9" s="5">
         <v>1</v>
       </c>
       <c r="E9" s="5"/>
     </row>
     <row r="10" spans="1:5" ht="19.5" customHeight="1">
       <c r="A10" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="7" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="7">
         <v>2</v>
       </c>
       <c r="E10" s="7"/>
     </row>
     <row r="11" spans="1:5" ht="19.5" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D11" s="5">
         <v>3</v>
       </c>
       <c r="E11" s="5"/>
     </row>
     <row r="12" spans="1:5" ht="19.5" customHeight="1">
       <c r="A12" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="7" t="s">
         <v>12</v>
       </c>
       <c r="D12" s="7">
         <v>4</v>
       </c>
       <c r="E12" s="7"/>
     </row>
     <row r="13" spans="1:5" ht="19.5" customHeight="1">
       <c r="A13" s="6" t="s">
         <v>6</v>
       </c>
@@ -1063,54 +1063,54 @@
       <c r="D14" s="7">
         <v>6</v>
       </c>
       <c r="E14" s="7"/>
     </row>
     <row r="15" spans="1:5" ht="19.5" customHeight="1">
       <c r="A15" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D15" s="6">
         <v>7</v>
       </c>
       <c r="E15" s="6"/>
     </row>
     <row r="16" spans="1:5" ht="19.5" customHeight="1">
       <c r="A16" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B16" s="7" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D16" s="7">
         <v>8</v>
       </c>
       <c r="E16" s="7"/>
     </row>
     <row r="17" spans="1:5" ht="19.5" customHeight="1">
       <c r="A17" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="6">
         <v>9</v>
       </c>
       <c r="E17" s="6"/>
     </row>
     <row r="18" spans="1:5" ht="19.5" customHeight="1">
       <c r="A18" s="7" t="s">
         <v>6</v>
       </c>
@@ -1123,324 +1123,324 @@
       <c r="D18" s="7">
         <v>11</v>
       </c>
       <c r="E18" s="7"/>
     </row>
     <row r="19" spans="1:5" ht="19.5" customHeight="1">
       <c r="A19" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="D19" s="6">
         <v>12</v>
       </c>
       <c r="E19" s="6"/>
     </row>
     <row r="20" spans="1:5" ht="19.5" customHeight="1">
       <c r="A20" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B20" s="8" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C20" s="8" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D20" s="8">
         <v>13</v>
       </c>
       <c r="E20" s="8"/>
     </row>
     <row r="21" spans="1:5" ht="19.5" customHeight="1">
       <c r="A21" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>26</v>
       </c>
       <c r="D21" s="6">
         <v>14</v>
       </c>
       <c r="E21" s="6"/>
     </row>
     <row r="22" spans="1:5" ht="19.5" customHeight="1">
       <c r="A22" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B22" s="8" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>19</v>
       </c>
       <c r="D22" s="8">
         <v>15</v>
       </c>
       <c r="E22" s="10"/>
     </row>
     <row r="23" spans="1:5" ht="19.5" customHeight="1">
       <c r="A23" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D23" s="6">
         <v>16</v>
       </c>
       <c r="E23" s="6"/>
     </row>
     <row r="24" spans="1:5" ht="19.5" customHeight="1">
       <c r="A24" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>27</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>28</v>
       </c>
       <c r="D24" s="8">
         <v>17</v>
       </c>
       <c r="E24" s="8"/>
     </row>
     <row r="25" spans="1:5" ht="19.5" customHeight="1">
       <c r="A25" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C25" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D25" s="6">
         <v>18</v>
       </c>
       <c r="E25" s="6"/>
     </row>
     <row r="26" spans="1:5" ht="19.5" customHeight="1">
       <c r="A26" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B26" s="7" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C26" s="7" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="D26" s="7">
         <v>19</v>
       </c>
       <c r="E26" s="7"/>
     </row>
     <row r="27" spans="1:5" ht="19.5" customHeight="1">
       <c r="A27" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B27" s="6" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D27" s="6">
         <v>20</v>
       </c>
       <c r="E27" s="6"/>
     </row>
     <row r="28" spans="1:5" ht="19.5" customHeight="1">
       <c r="A28" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B28" s="7" t="s">
         <v>31</v>
       </c>
       <c r="C28" s="7" t="s">
         <v>32</v>
       </c>
       <c r="D28" s="7">
         <v>21</v>
       </c>
       <c r="E28" s="7"/>
     </row>
     <row r="29" spans="1:5" ht="19.5" customHeight="1">
       <c r="A29" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B29" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C29" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D29" s="6">
         <v>22</v>
       </c>
       <c r="E29" s="6"/>
     </row>
     <row r="30" spans="1:5" ht="19.5" customHeight="1">
       <c r="A30" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B30" s="7" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="C30" s="7" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="D30" s="7">
         <v>23</v>
       </c>
       <c r="E30" s="7"/>
     </row>
     <row r="31" spans="1:5" ht="19.5" customHeight="1">
       <c r="A31" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D31" s="6">
         <v>24</v>
       </c>
       <c r="E31" s="6"/>
     </row>
     <row r="32" spans="1:5" ht="19.5" customHeight="1">
       <c r="A32" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B32" s="8" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D32" s="8">
         <v>25</v>
       </c>
       <c r="E32" s="8"/>
     </row>
     <row r="33" spans="1:5" ht="19.5" customHeight="1">
       <c r="A33" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C33" s="6" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D33" s="6">
         <v>26</v>
       </c>
       <c r="E33" s="6"/>
     </row>
     <row r="34" spans="1:5" ht="19.5" customHeight="1">
       <c r="A34" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B34" s="8" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C34" s="8" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D34" s="8">
         <v>27</v>
       </c>
       <c r="E34" s="8"/>
     </row>
     <row r="35" spans="1:5" ht="19.5" customHeight="1">
       <c r="A35" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D35" s="6">
         <v>28</v>
       </c>
       <c r="E35" s="6"/>
     </row>
     <row r="36" spans="1:5" ht="19.5" customHeight="1">
       <c r="A36" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D36" s="8">
         <v>29</v>
       </c>
-      <c r="E36" s="13"/>
+      <c r="E36" s="11"/>
     </row>
     <row r="37" spans="1:5" ht="19.5" customHeight="1">
       <c r="A37" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C37" s="6" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D37" s="6">
         <v>30</v>
       </c>
       <c r="E37" s="9"/>
     </row>
     <row r="38" spans="1:5" ht="19.5" customHeight="1">
       <c r="A38" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="D38" s="8">
         <v>31</v>
       </c>
       <c r="E38" s="10"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:D7"/>
     <mergeCell ref="E3:E7"/>
   </mergeCells>
   <pageMargins left="0.54027777777777797" right="0.28819444444444497" top="1.05277777777778" bottom="1.05277777777778" header="0.78749999999999998" footer="0.78749999999999998"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Times New Roman,Normale"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Normale"&amp;12Pagina &amp;P</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>